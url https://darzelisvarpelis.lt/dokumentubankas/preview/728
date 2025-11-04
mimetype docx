--- v0 (2025-10-14)
+++ v1 (2025-11-04)
@@ -50,54 +50,60 @@
         </w:rPr>
         <w:t>1 SAVAITĖ</w:t>
       </w:r>
       <w:r w:rsidR="00AA1EBC">
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00653FF0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00274F36">
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
-        <w:t>10.13-10.17</w:t>
+        <w:t>1</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="006059D1">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>1.03-11.07</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="007A26AF" w:rsidRPr="006378F1" w:rsidRDefault="007A26AF" w:rsidP="007A26AF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5010"/>
           <w:tab w:val="center" w:pos="7582"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006378F1">
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>Savaitės meniu</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -852,91 +858,99 @@
             <w:r w:rsidRPr="003C6E00">
               <w:t>VIR</w:t>
             </w:r>
             <w:r w:rsidR="007774BE">
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="00D2579F">
               <w:t xml:space="preserve">I </w:t>
             </w:r>
             <w:r w:rsidR="0034249D">
               <w:t>GRIKIAI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002B29FA">
               <w:t>BULVIŲ KOŠĖ</w:t>
             </w:r>
+            <w:r w:rsidR="006059D1">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRPr="003C6E00" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
             <w:r w:rsidRPr="003C6E00">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A81282" w:rsidRPr="003C6E00">
               <w:t>VIRT</w:t>
             </w:r>
             <w:r w:rsidR="007774BE">
               <w:t xml:space="preserve">OS </w:t>
             </w:r>
             <w:r w:rsidR="00BD6BD4">
               <w:t xml:space="preserve">PERLINĖS </w:t>
             </w:r>
             <w:r w:rsidR="007774BE">
               <w:t>KRUOPOS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007708F0" w:rsidP="002E42B3">
             <w:r>
               <w:t>VIRTI RYŽIAI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2957" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="00847DC4" w:rsidP="002E42B3">
             <w:r>
               <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000048C9">
+              <w:t xml:space="preserve">BRINKINTAS </w:t>
             </w:r>
             <w:r w:rsidR="008F0800">
               <w:t>KUSKUSAS</w:t>
             </w:r>
             <w:r w:rsidR="009C3870">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A26AF" w:rsidTr="002E42B3">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRPr="003C6E00" w:rsidRDefault="005D2555" w:rsidP="002E42B3">
             <w:r>
               <w:t xml:space="preserve"> KOPŪSTŲ SALOTOS</w:t>
             </w:r>
             <w:r w:rsidR="00DA116E">
               <w:t xml:space="preserve"> SU MORKOMIS,OBUOLIAIS</w:t>
@@ -1440,50 +1454,51 @@
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F374BB"/>
+    <w:rsid w:val="000048C9"/>
     <w:rsid w:val="000201AC"/>
     <w:rsid w:val="000261B7"/>
     <w:rsid w:val="000308C9"/>
     <w:rsid w:val="00046144"/>
     <w:rsid w:val="0004627F"/>
     <w:rsid w:val="00054B40"/>
     <w:rsid w:val="000611C4"/>
     <w:rsid w:val="0008149F"/>
     <w:rsid w:val="000A075B"/>
     <w:rsid w:val="000D021D"/>
     <w:rsid w:val="00130B0B"/>
     <w:rsid w:val="001324F1"/>
     <w:rsid w:val="00135757"/>
     <w:rsid w:val="00163B4B"/>
     <w:rsid w:val="0016576E"/>
     <w:rsid w:val="00172558"/>
     <w:rsid w:val="0018267F"/>
     <w:rsid w:val="00184E19"/>
     <w:rsid w:val="001852DD"/>
     <w:rsid w:val="00185654"/>
     <w:rsid w:val="001879AC"/>
     <w:rsid w:val="00195A54"/>
     <w:rsid w:val="001D34FF"/>
     <w:rsid w:val="001E1FA4"/>
     <w:rsid w:val="001E6F31"/>
@@ -1534,50 +1549,51 @@
     <w:rsid w:val="004579CC"/>
     <w:rsid w:val="004752A3"/>
     <w:rsid w:val="004758AE"/>
     <w:rsid w:val="004A14A3"/>
     <w:rsid w:val="004A1E44"/>
     <w:rsid w:val="004A4BA5"/>
     <w:rsid w:val="004C655C"/>
     <w:rsid w:val="004D1B7A"/>
     <w:rsid w:val="004D37A1"/>
     <w:rsid w:val="004F4BAA"/>
     <w:rsid w:val="005112AA"/>
     <w:rsid w:val="005247D2"/>
     <w:rsid w:val="00525F5F"/>
     <w:rsid w:val="00532B45"/>
     <w:rsid w:val="0057020B"/>
     <w:rsid w:val="0057197E"/>
     <w:rsid w:val="005B4657"/>
     <w:rsid w:val="005C694B"/>
     <w:rsid w:val="005C758E"/>
     <w:rsid w:val="005D225D"/>
     <w:rsid w:val="005D2555"/>
     <w:rsid w:val="005E6F8D"/>
     <w:rsid w:val="005F470C"/>
     <w:rsid w:val="005F484A"/>
     <w:rsid w:val="00603547"/>
+    <w:rsid w:val="006059D1"/>
     <w:rsid w:val="00617402"/>
     <w:rsid w:val="006260CD"/>
     <w:rsid w:val="00626FF1"/>
     <w:rsid w:val="006360DE"/>
     <w:rsid w:val="006378F1"/>
     <w:rsid w:val="00644CCB"/>
     <w:rsid w:val="00652995"/>
     <w:rsid w:val="00653FF0"/>
     <w:rsid w:val="0065708F"/>
     <w:rsid w:val="00675BB5"/>
     <w:rsid w:val="006D31DC"/>
     <w:rsid w:val="00735FA6"/>
     <w:rsid w:val="007708F0"/>
     <w:rsid w:val="007774BE"/>
     <w:rsid w:val="007A26AF"/>
     <w:rsid w:val="007A65D4"/>
     <w:rsid w:val="007E4E1C"/>
     <w:rsid w:val="007F3868"/>
     <w:rsid w:val="00823024"/>
     <w:rsid w:val="00845920"/>
     <w:rsid w:val="00847DC4"/>
     <w:rsid w:val="0085241C"/>
     <w:rsid w:val="00854908"/>
     <w:rsid w:val="0085648E"/>
     <w:rsid w:val="008A0C9A"/>
@@ -1649,94 +1665,95 @@
     <w:rsid w:val="00C977DA"/>
     <w:rsid w:val="00CA5A7D"/>
     <w:rsid w:val="00CB0C89"/>
     <w:rsid w:val="00CF2B86"/>
     <w:rsid w:val="00CF5461"/>
     <w:rsid w:val="00D13D66"/>
     <w:rsid w:val="00D22382"/>
     <w:rsid w:val="00D2579F"/>
     <w:rsid w:val="00D526E7"/>
     <w:rsid w:val="00D67496"/>
     <w:rsid w:val="00D924A0"/>
     <w:rsid w:val="00DA116E"/>
     <w:rsid w:val="00DB4EB0"/>
     <w:rsid w:val="00DC4056"/>
     <w:rsid w:val="00DD029F"/>
     <w:rsid w:val="00DD4ADA"/>
     <w:rsid w:val="00DE03F5"/>
     <w:rsid w:val="00DF51F0"/>
     <w:rsid w:val="00DF75B8"/>
     <w:rsid w:val="00E15C84"/>
     <w:rsid w:val="00E2102F"/>
     <w:rsid w:val="00E26DCA"/>
     <w:rsid w:val="00E3533C"/>
     <w:rsid w:val="00E40757"/>
     <w:rsid w:val="00E47278"/>
+    <w:rsid w:val="00E8667F"/>
     <w:rsid w:val="00E9479E"/>
     <w:rsid w:val="00EA27CE"/>
     <w:rsid w:val="00EB333E"/>
     <w:rsid w:val="00EC011E"/>
     <w:rsid w:val="00EC14DA"/>
     <w:rsid w:val="00ED513A"/>
     <w:rsid w:val="00ED5D7F"/>
     <w:rsid w:val="00EF704D"/>
     <w:rsid w:val="00F2735A"/>
     <w:rsid w:val="00F374BB"/>
     <w:rsid w:val="00F43D7A"/>
     <w:rsid w:val="00F724FA"/>
     <w:rsid w:val="00F84B0A"/>
     <w:rsid w:val="00F906A0"/>
     <w:rsid w:val="00FA5B74"/>
     <w:rsid w:val="00FC75F7"/>
     <w:rsid w:val="00FD2A14"/>
     <w:rsid w:val="00FF4FEA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="01952943"/>
+  <w14:docId w14:val="70951234"/>
   <w15:docId w15:val="{B92A6A0B-2312-44C2-8FB7-9E6290326F34}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2443,77 +2460,77 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1180</Words>
-  <Characters>674</Characters>
+  <Words>1188</Words>
+  <Characters>678</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>SAVAITĖS MENIU</vt:lpstr>
       <vt:lpstr>SAVAITĖS MENIU</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Varpelis</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1851</CharactersWithSpaces>
+  <CharactersWithSpaces>1863</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>SAVAITĖS MENIU</dc:title>
   <dc:subject/>
   <dc:creator>Babulia&amp;company</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>