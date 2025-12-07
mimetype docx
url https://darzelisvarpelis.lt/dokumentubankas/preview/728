--- v1 (2025-11-04)
+++ v2 (2025-12-07)
@@ -58,52 +58,62 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00653FF0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00274F36">
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="006059D1">
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
-        <w:t>1.03-11.07</w:t>
+        <w:t>1.</w:t>
       </w:r>
+      <w:r w:rsidR="00C332B2">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>24-11.28</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="007A26AF" w:rsidRPr="006378F1" w:rsidRDefault="007A26AF" w:rsidP="007A26AF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5010"/>
           <w:tab w:val="center" w:pos="7582"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006378F1">
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>Savaitės meniu</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -861,52 +871,50 @@
             <w:r w:rsidR="007774BE">
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="00D2579F">
               <w:t xml:space="preserve">I </w:t>
             </w:r>
             <w:r w:rsidR="0034249D">
               <w:t>GRIKIAI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002B29FA">
               <w:t>BULVIŲ KOŠĖ</w:t>
             </w:r>
             <w:r w:rsidR="006059D1">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRPr="003C6E00" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
             <w:r w:rsidRPr="003C6E00">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A81282" w:rsidRPr="003C6E00">
               <w:t>VIRT</w:t>
             </w:r>
             <w:r w:rsidR="007774BE">
               <w:t xml:space="preserve">OS </w:t>
             </w:r>
             <w:r w:rsidR="00BD6BD4">
               <w:t xml:space="preserve">PERLINĖS </w:t>
             </w:r>
             <w:r w:rsidR="007774BE">
               <w:t>KRUOPOS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1634,50 +1642,51 @@
     <w:rsid w:val="00AC7CE2"/>
     <w:rsid w:val="00AC7EC2"/>
     <w:rsid w:val="00AE450E"/>
     <w:rsid w:val="00AE4A50"/>
     <w:rsid w:val="00AF0A63"/>
     <w:rsid w:val="00AF1A32"/>
     <w:rsid w:val="00B04DEB"/>
     <w:rsid w:val="00B119FC"/>
     <w:rsid w:val="00B24B11"/>
     <w:rsid w:val="00B422F8"/>
     <w:rsid w:val="00B6319C"/>
     <w:rsid w:val="00B7651E"/>
     <w:rsid w:val="00B76969"/>
     <w:rsid w:val="00B81252"/>
     <w:rsid w:val="00B909F3"/>
     <w:rsid w:val="00BA2BB0"/>
     <w:rsid w:val="00BB47EF"/>
     <w:rsid w:val="00BB5AB0"/>
     <w:rsid w:val="00BC646B"/>
     <w:rsid w:val="00BD161E"/>
     <w:rsid w:val="00BD6BD4"/>
     <w:rsid w:val="00C05A45"/>
     <w:rsid w:val="00C12901"/>
     <w:rsid w:val="00C22195"/>
     <w:rsid w:val="00C2694F"/>
+    <w:rsid w:val="00C332B2"/>
     <w:rsid w:val="00C33EDC"/>
     <w:rsid w:val="00C42654"/>
     <w:rsid w:val="00C45D06"/>
     <w:rsid w:val="00C51C98"/>
     <w:rsid w:val="00C53294"/>
     <w:rsid w:val="00C90D9C"/>
     <w:rsid w:val="00C977DA"/>
     <w:rsid w:val="00CA5A7D"/>
     <w:rsid w:val="00CB0C89"/>
     <w:rsid w:val="00CF2B86"/>
     <w:rsid w:val="00CF5461"/>
     <w:rsid w:val="00D13D66"/>
     <w:rsid w:val="00D22382"/>
     <w:rsid w:val="00D2579F"/>
     <w:rsid w:val="00D526E7"/>
     <w:rsid w:val="00D67496"/>
     <w:rsid w:val="00D924A0"/>
     <w:rsid w:val="00DA116E"/>
     <w:rsid w:val="00DB4EB0"/>
     <w:rsid w:val="00DC4056"/>
     <w:rsid w:val="00DD029F"/>
     <w:rsid w:val="00DD4ADA"/>
     <w:rsid w:val="00DE03F5"/>
     <w:rsid w:val="00DF51F0"/>
     <w:rsid w:val="00DF75B8"/>
@@ -1709,51 +1718,51 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="70951234"/>
+  <w14:docId w14:val="0DBCCF96"/>
   <w15:docId w15:val="{B92A6A0B-2312-44C2-8FB7-9E6290326F34}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2459,51 +2468,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
+  <Pages>2</Pages>
   <Words>1188</Words>
   <Characters>678</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">