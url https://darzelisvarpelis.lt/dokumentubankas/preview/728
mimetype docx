--- v2 (2025-12-07)
+++ v3 (2026-01-19)
@@ -44,76 +44,58 @@
       </w:r>
       <w:r w:rsidR="000611C4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>1 SAVAITĖ</w:t>
       </w:r>
       <w:r w:rsidR="00AA1EBC">
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00653FF0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00274F36">
+      <w:r w:rsidR="0006063B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>01.05-01.09</w:t>
       </w:r>
-      <w:r w:rsidR="006059D1">
-[...16 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="007A26AF" w:rsidRPr="006378F1" w:rsidRDefault="007A26AF" w:rsidP="007A26AF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5010"/>
           <w:tab w:val="center" w:pos="7582"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006378F1">
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>Savaitės meniu</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -438,96 +420,92 @@
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="00277BC4" w:rsidP="002E42B3">
             <w:r>
               <w:t>TRINTOS UOGOS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2957" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007A26AF" w:rsidRDefault="001F6058" w:rsidP="002E42B3">
-[...2 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="007A26AF" w:rsidRDefault="0006063B" w:rsidP="002E42B3">
+            <w:r>
+              <w:t>BATONAS SU SVIESTU</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A26AF" w:rsidTr="002E42B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
-[...5 lines deleted...]
-              <w:t>SU SVIESTU</w:t>
+          <w:p w:rsidR="001E1FA4" w:rsidRDefault="001E1FA4" w:rsidP="002E42B3"/>
+          <w:p w:rsidR="0006063B" w:rsidRDefault="0006063B" w:rsidP="002E42B3">
+            <w:r>
+              <w:t>TRAPUTIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002B29FA" w:rsidRDefault="002B29FA" w:rsidP="002E42B3"/>
           <w:p w:rsidR="00277BC4" w:rsidRDefault="00277BC4" w:rsidP="002E42B3">
             <w:r>
               <w:t>KUKURŪZŲ TRAPUTIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="00A81282" w:rsidP="002E42B3">
             <w:r>
-              <w:t xml:space="preserve"> DUONOS SUMUŠTINIS SU </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008F0800">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00367B80">
-              <w:t xml:space="preserve"> SŪRIU</w:t>
+            <w:r w:rsidR="00D97EAB">
+              <w:t>PLĖŠOMA SŪRIO LAZDELĖ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="00367B80" w:rsidP="002E42B3">
             <w:r>
               <w:t>VARŠKĖS SŪRIS</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="007A65D4" w:rsidRDefault="007A65D4" w:rsidP="002E42B3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2957" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A26AF" w:rsidTr="002E42B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
@@ -1469,50 +1447,51 @@
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F374BB"/>
     <w:rsid w:val="000048C9"/>
     <w:rsid w:val="000201AC"/>
     <w:rsid w:val="000261B7"/>
     <w:rsid w:val="000308C9"/>
     <w:rsid w:val="00046144"/>
     <w:rsid w:val="0004627F"/>
     <w:rsid w:val="00054B40"/>
+    <w:rsid w:val="0006063B"/>
     <w:rsid w:val="000611C4"/>
     <w:rsid w:val="0008149F"/>
     <w:rsid w:val="000A075B"/>
     <w:rsid w:val="000D021D"/>
     <w:rsid w:val="00130B0B"/>
     <w:rsid w:val="001324F1"/>
     <w:rsid w:val="00135757"/>
     <w:rsid w:val="00163B4B"/>
     <w:rsid w:val="0016576E"/>
     <w:rsid w:val="00172558"/>
     <w:rsid w:val="0018267F"/>
     <w:rsid w:val="00184E19"/>
     <w:rsid w:val="001852DD"/>
     <w:rsid w:val="00185654"/>
     <w:rsid w:val="001879AC"/>
     <w:rsid w:val="00195A54"/>
     <w:rsid w:val="001D34FF"/>
     <w:rsid w:val="001E1FA4"/>
     <w:rsid w:val="001E6F31"/>
     <w:rsid w:val="001E70F3"/>
     <w:rsid w:val="001F3142"/>
     <w:rsid w:val="001F6058"/>
     <w:rsid w:val="00201C74"/>
     <w:rsid w:val="00207BAC"/>
     <w:rsid w:val="00225540"/>
@@ -1660,50 +1639,51 @@
     <w:rsid w:val="00BC646B"/>
     <w:rsid w:val="00BD161E"/>
     <w:rsid w:val="00BD6BD4"/>
     <w:rsid w:val="00C05A45"/>
     <w:rsid w:val="00C12901"/>
     <w:rsid w:val="00C22195"/>
     <w:rsid w:val="00C2694F"/>
     <w:rsid w:val="00C332B2"/>
     <w:rsid w:val="00C33EDC"/>
     <w:rsid w:val="00C42654"/>
     <w:rsid w:val="00C45D06"/>
     <w:rsid w:val="00C51C98"/>
     <w:rsid w:val="00C53294"/>
     <w:rsid w:val="00C90D9C"/>
     <w:rsid w:val="00C977DA"/>
     <w:rsid w:val="00CA5A7D"/>
     <w:rsid w:val="00CB0C89"/>
     <w:rsid w:val="00CF2B86"/>
     <w:rsid w:val="00CF5461"/>
     <w:rsid w:val="00D13D66"/>
     <w:rsid w:val="00D22382"/>
     <w:rsid w:val="00D2579F"/>
     <w:rsid w:val="00D526E7"/>
     <w:rsid w:val="00D67496"/>
     <w:rsid w:val="00D924A0"/>
+    <w:rsid w:val="00D97EAB"/>
     <w:rsid w:val="00DA116E"/>
     <w:rsid w:val="00DB4EB0"/>
     <w:rsid w:val="00DC4056"/>
     <w:rsid w:val="00DD029F"/>
     <w:rsid w:val="00DD4ADA"/>
     <w:rsid w:val="00DE03F5"/>
     <w:rsid w:val="00DF51F0"/>
     <w:rsid w:val="00DF75B8"/>
     <w:rsid w:val="00E15C84"/>
     <w:rsid w:val="00E2102F"/>
     <w:rsid w:val="00E26DCA"/>
     <w:rsid w:val="00E3533C"/>
     <w:rsid w:val="00E40757"/>
     <w:rsid w:val="00E47278"/>
     <w:rsid w:val="00E8667F"/>
     <w:rsid w:val="00E9479E"/>
     <w:rsid w:val="00EA27CE"/>
     <w:rsid w:val="00EB333E"/>
     <w:rsid w:val="00EC011E"/>
     <w:rsid w:val="00EC14DA"/>
     <w:rsid w:val="00ED513A"/>
     <w:rsid w:val="00ED5D7F"/>
     <w:rsid w:val="00EF704D"/>
     <w:rsid w:val="00F2735A"/>
     <w:rsid w:val="00F374BB"/>
@@ -1718,51 +1698,51 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0DBCCF96"/>
+  <w14:docId w14:val="2E65745B"/>
   <w15:docId w15:val="{B92A6A0B-2312-44C2-8FB7-9E6290326F34}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2469,77 +2449,77 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1188</Words>
-  <Characters>678</Characters>
+  <Words>1184</Words>
+  <Characters>675</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>SAVAITĖS MENIU</vt:lpstr>
       <vt:lpstr>SAVAITĖS MENIU</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Varpelis</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1863</CharactersWithSpaces>
+  <CharactersWithSpaces>1856</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>SAVAITĖS MENIU</dc:title>
   <dc:subject/>
   <dc:creator>Babulia&amp;company</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>