--- v3 (2026-01-19)
+++ v4 (2026-02-08)
@@ -44,57 +44,57 @@
       </w:r>
       <w:r w:rsidR="000611C4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>1 SAVAITĖ</w:t>
       </w:r>
       <w:r w:rsidR="00AA1EBC">
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00653FF0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0006063B">
+      <w:r w:rsidR="0067558D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
-        <w:t>01.05-01.09</w:t>
+        <w:t>01.26-01.30</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007A26AF" w:rsidRPr="006378F1" w:rsidRDefault="007A26AF" w:rsidP="007A26AF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5010"/>
           <w:tab w:val="center" w:pos="7582"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006378F1">
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>Savaitės meniu</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -424,75 +424,73 @@
             <w:r>
               <w:t>TRINTOS UOGOS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2957" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="0006063B" w:rsidP="002E42B3">
             <w:r>
               <w:t>BATONAS SU SVIESTU</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A26AF" w:rsidTr="002E42B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001E1FA4" w:rsidRDefault="001E1FA4" w:rsidP="002E42B3"/>
           <w:p w:rsidR="0006063B" w:rsidRDefault="0006063B" w:rsidP="002E42B3">
             <w:r>
               <w:t>TRAPUTIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B29FA" w:rsidRDefault="002B29FA" w:rsidP="002E42B3"/>
-[...2 lines deleted...]
-              <w:t>KUKURŪZŲ TRAPUTIS</w:t>
+          <w:p w:rsidR="00277BC4" w:rsidRDefault="00277BC4" w:rsidP="002E42B3"/>
+          <w:p w:rsidR="00163EF5" w:rsidRDefault="00163EF5" w:rsidP="002E42B3">
+            <w:r>
+              <w:t>RIESTAINIAI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="00A81282" w:rsidP="002E42B3">
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D97EAB">
               <w:t>PLĖŠOMA SŪRIO LAZDELĖ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="00367B80" w:rsidP="002E42B3">
             <w:r>
               <w:t>VARŠKĖS SŪRIS</w:t>
             </w:r>
           </w:p>
@@ -795,53 +793,53 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRPr="002B29FA" w:rsidRDefault="002B29FA" w:rsidP="002E42B3">
             <w:r>
               <w:t>BALANDĖLIAI SU KIAULIENA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRPr="003C6E00" w:rsidRDefault="002B29FA" w:rsidP="002E42B3">
             <w:r w:rsidRPr="003C6E00">
               <w:t>JAUTIENOS TROŠKINYS SU PUPELĖMIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007A26AF" w:rsidRDefault="007708F0" w:rsidP="002E42B3">
-[...1 lines deleted...]
-              <w:t>LYDEKŲ PAPLOTĖLIAI SU AVIŽŲ SĖLENOMIS</w:t>
+          <w:p w:rsidR="007A26AF" w:rsidRDefault="00787DC3" w:rsidP="002E42B3">
+            <w:r>
+              <w:t>GARINTAS  ŽUVIES APKEPAS SU AVIŽŲ SĖLENOMIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2957" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="009D0124" w:rsidP="002E42B3">
             <w:r>
               <w:t>ORKAITĖJE KEPTOS VIŠTIENOS ŠLAUNELĖS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A26AF" w:rsidTr="002E42B3">
         <w:trPr>
           <w:trHeight w:val="429"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRPr="003C6E00" w:rsidRDefault="002B29FA" w:rsidP="002E42B3">
             <w:r w:rsidRPr="003C6E00">
               <w:t>VIR</w:t>
@@ -1265,50 +1263,52 @@
             <w:r>
               <w:t>DARŽOVIŲ TROŠKINYS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00375921" w:rsidTr="002E42B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00375921" w:rsidRDefault="00375921" w:rsidP="00375921">
             <w:r>
               <w:t>NATŪRALUS JOGURTAS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00375921" w:rsidRPr="004A4BA5" w:rsidRDefault="00375921" w:rsidP="00375921">
             <w:r>
               <w:t>POMIDORAI, KONSERVUOTI ŽIRNELIAI</w:t>
             </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00375921" w:rsidRDefault="00375921" w:rsidP="00375921">
             <w:r>
               <w:t xml:space="preserve"> DUONOS SUMUŠTINIS SU KIAUŠINIAIS IR POMIDORAIS</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00375921" w:rsidRPr="004A4BA5" w:rsidRDefault="00375921" w:rsidP="00375921"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00375921" w:rsidRDefault="00375921" w:rsidP="00375921">
             <w:r>
               <w:t xml:space="preserve">TRINTOS UOGOS </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00375921" w:rsidRDefault="00375921" w:rsidP="00375921">
             <w:r>
               <w:t>NATŪRALUS JOGURTAS</w:t>
@@ -1456,50 +1456,51 @@
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F374BB"/>
     <w:rsid w:val="000048C9"/>
     <w:rsid w:val="000201AC"/>
     <w:rsid w:val="000261B7"/>
     <w:rsid w:val="000308C9"/>
     <w:rsid w:val="00046144"/>
     <w:rsid w:val="0004627F"/>
     <w:rsid w:val="00054B40"/>
     <w:rsid w:val="0006063B"/>
     <w:rsid w:val="000611C4"/>
     <w:rsid w:val="0008149F"/>
     <w:rsid w:val="000A075B"/>
     <w:rsid w:val="000D021D"/>
     <w:rsid w:val="00130B0B"/>
     <w:rsid w:val="001324F1"/>
     <w:rsid w:val="00135757"/>
     <w:rsid w:val="00163B4B"/>
+    <w:rsid w:val="00163EF5"/>
     <w:rsid w:val="0016576E"/>
     <w:rsid w:val="00172558"/>
     <w:rsid w:val="0018267F"/>
     <w:rsid w:val="00184E19"/>
     <w:rsid w:val="001852DD"/>
     <w:rsid w:val="00185654"/>
     <w:rsid w:val="001879AC"/>
     <w:rsid w:val="00195A54"/>
     <w:rsid w:val="001D34FF"/>
     <w:rsid w:val="001E1FA4"/>
     <w:rsid w:val="001E6F31"/>
     <w:rsid w:val="001E70F3"/>
     <w:rsid w:val="001F3142"/>
     <w:rsid w:val="001F6058"/>
     <w:rsid w:val="00201C74"/>
     <w:rsid w:val="00207BAC"/>
     <w:rsid w:val="00225540"/>
     <w:rsid w:val="00233110"/>
     <w:rsid w:val="00245B68"/>
     <w:rsid w:val="0024662B"/>
     <w:rsid w:val="00267E9E"/>
     <w:rsid w:val="00270152"/>
     <w:rsid w:val="002703E3"/>
     <w:rsid w:val="0027316D"/>
     <w:rsid w:val="00274F36"/>
@@ -1546,55 +1547,57 @@
     <w:rsid w:val="005112AA"/>
     <w:rsid w:val="005247D2"/>
     <w:rsid w:val="00525F5F"/>
     <w:rsid w:val="00532B45"/>
     <w:rsid w:val="0057020B"/>
     <w:rsid w:val="0057197E"/>
     <w:rsid w:val="005B4657"/>
     <w:rsid w:val="005C694B"/>
     <w:rsid w:val="005C758E"/>
     <w:rsid w:val="005D225D"/>
     <w:rsid w:val="005D2555"/>
     <w:rsid w:val="005E6F8D"/>
     <w:rsid w:val="005F470C"/>
     <w:rsid w:val="005F484A"/>
     <w:rsid w:val="00603547"/>
     <w:rsid w:val="006059D1"/>
     <w:rsid w:val="00617402"/>
     <w:rsid w:val="006260CD"/>
     <w:rsid w:val="00626FF1"/>
     <w:rsid w:val="006360DE"/>
     <w:rsid w:val="006378F1"/>
     <w:rsid w:val="00644CCB"/>
     <w:rsid w:val="00652995"/>
     <w:rsid w:val="00653FF0"/>
     <w:rsid w:val="0065708F"/>
+    <w:rsid w:val="0067558D"/>
     <w:rsid w:val="00675BB5"/>
     <w:rsid w:val="006D31DC"/>
     <w:rsid w:val="00735FA6"/>
     <w:rsid w:val="007708F0"/>
     <w:rsid w:val="007774BE"/>
+    <w:rsid w:val="00787DC3"/>
     <w:rsid w:val="007A26AF"/>
     <w:rsid w:val="007A65D4"/>
     <w:rsid w:val="007E4E1C"/>
     <w:rsid w:val="007F3868"/>
     <w:rsid w:val="00823024"/>
     <w:rsid w:val="00845920"/>
     <w:rsid w:val="00847DC4"/>
     <w:rsid w:val="0085241C"/>
     <w:rsid w:val="00854908"/>
     <w:rsid w:val="0085648E"/>
     <w:rsid w:val="008A0C9A"/>
     <w:rsid w:val="008C7D2B"/>
     <w:rsid w:val="008D5F3C"/>
     <w:rsid w:val="008F0800"/>
     <w:rsid w:val="00914ADE"/>
     <w:rsid w:val="00922236"/>
     <w:rsid w:val="00946C7C"/>
     <w:rsid w:val="009519A8"/>
     <w:rsid w:val="009638B9"/>
     <w:rsid w:val="00975DB1"/>
     <w:rsid w:val="00996645"/>
     <w:rsid w:val="00996901"/>
     <w:rsid w:val="009A06FE"/>
     <w:rsid w:val="009A5018"/>
     <w:rsid w:val="009B2B6A"/>
@@ -1698,51 +1701,51 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2E65745B"/>
+  <w14:docId w14:val="48DB6414"/>
   <w15:docId w15:val="{B92A6A0B-2312-44C2-8FB7-9E6290326F34}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>