--- v4 (2026-02-08)
+++ v5 (2026-03-01)
@@ -50,51 +50,59 @@
         </w:rPr>
         <w:t>1 SAVAITĖ</w:t>
       </w:r>
       <w:r w:rsidR="00AA1EBC">
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00653FF0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0067558D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
-        <w:t>01.26-01.30</w:t>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="005343EA">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>2.17-02.20</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007A26AF" w:rsidRPr="006378F1" w:rsidRDefault="007A26AF" w:rsidP="007A26AF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5010"/>
           <w:tab w:val="center" w:pos="7582"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006378F1">
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>Savaitės meniu</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -297,70 +305,51 @@
               <w:t>PUSRYČIAI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2957" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
             <w:r w:rsidRPr="000201AC">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>PUSRYČIAI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A26AF" w:rsidTr="002E42B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007A26AF" w:rsidRDefault="00225540" w:rsidP="002E42B3">
-[...18 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRPr="00277BC4" w:rsidRDefault="00277BC4" w:rsidP="002E42B3">
             <w:r>
               <w:t>AVIŽINIŲ DRIBSNIŲ KOŠĖ SU SVIESTU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="00195A54" w:rsidP="002E42B3">
             <w:r>
               <w:t xml:space="preserve">PIENIŠKA </w:t>
             </w:r>
             <w:r w:rsidR="009519A8">
               <w:t xml:space="preserve">KVIETINIŲ </w:t>
             </w:r>
             <w:r w:rsidR="00A81282">
               <w:t xml:space="preserve"> KR KOŠĖ</w:t>
             </w:r>
@@ -388,156 +377,140 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2957" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="004C655C" w:rsidP="002E42B3">
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007708F0">
               <w:t xml:space="preserve">PIENIŠKA MIEŽINIŲ </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">KR. KOŠĖ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A26AF" w:rsidTr="002E42B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007A26AF" w:rsidRDefault="00C2694F" w:rsidP="002E42B3">
-[...3 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="00277BC4" w:rsidP="002E42B3">
             <w:r>
               <w:t>TRINTOS UOGOS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2957" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="0006063B" w:rsidP="002E42B3">
             <w:r>
               <w:t>BATONAS SU SVIESTU</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A26AF" w:rsidTr="002E42B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001E1FA4" w:rsidRDefault="001E1FA4" w:rsidP="002E42B3"/>
-          <w:p w:rsidR="0006063B" w:rsidRDefault="0006063B" w:rsidP="002E42B3">
+          <w:p w:rsidR="0006063B" w:rsidRDefault="0006063B" w:rsidP="002E42B3"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3050" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00277BC4" w:rsidRDefault="00277BC4" w:rsidP="002E42B3"/>
+          <w:p w:rsidR="00163EF5" w:rsidRDefault="005D506C" w:rsidP="002E42B3">
             <w:r>
               <w:t>TRAPUTIS</w:t>
-            </w:r>
-[...9 lines deleted...]
-              <w:t>RIESTAINIAI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="00A81282" w:rsidP="002E42B3">
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D97EAB">
               <w:t>PLĖŠOMA SŪRIO LAZDELĖ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="00367B80" w:rsidP="002E42B3">
             <w:r>
               <w:t>VARŠKĖS SŪRIS</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="007A65D4" w:rsidRDefault="007A65D4" w:rsidP="002E42B3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2957" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A26AF" w:rsidTr="002E42B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007A26AF" w:rsidRDefault="001E1FA4" w:rsidP="002E42B3">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
             <w:r>
               <w:t>ARBATA</w:t>
             </w:r>
             <w:r w:rsidR="002B29FA">
               <w:t>, VAISIAI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="0027316D" w:rsidP="002E42B3">
             <w:r>
               <w:t>ARBATA</w:t>
             </w:r>
             <w:r w:rsidR="00675BB5">
               <w:t>,VAISIAI</w:t>
             </w:r>
@@ -639,62 +612,59 @@
             <w:tcW w:w="2957" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRPr="00D13D66" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
             <w:r w:rsidRPr="000201AC">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>PIETŪS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A26AF" w:rsidTr="002E42B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRPr="000201AC" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00735FA6" w:rsidRDefault="002B29FA" w:rsidP="002E42B3">
-[...1 lines deleted...]
-              <w:t>TRINTA MORKŲ SRIUBA</w:t>
+          <w:p w:rsidR="00735FA6" w:rsidRDefault="005D506C" w:rsidP="002E42B3">
+            <w:r>
+              <w:t>DARŽOVIŲ SRIUBA</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002B29FA" w:rsidRPr="003C6E00" w:rsidRDefault="002B29FA" w:rsidP="002E42B3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="00DD029F" w:rsidP="002E42B3">
             <w:r>
               <w:t xml:space="preserve">ŠVIEŽIŲ </w:t>
             </w:r>
             <w:r w:rsidR="00D22382">
               <w:t xml:space="preserve"> KOPŪSTŲ SRIUBA SU MORKOMIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007708F0" w:rsidP="002E42B3">
             <w:r>
               <w:t>ŽIRNIŲ</w:t>
             </w:r>
@@ -708,187 +678,162 @@
             <w:tcW w:w="2957" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRPr="000201AC" w:rsidRDefault="001F6058" w:rsidP="002E42B3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">BUROKĖLIŲ </w:t>
             </w:r>
             <w:r w:rsidR="007A26AF">
               <w:t xml:space="preserve">  SRIUBA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A26AF" w:rsidTr="003C6E00">
         <w:trPr>
           <w:trHeight w:val="376"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007A26AF" w:rsidRPr="00454255" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
-[...3 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="007A26AF" w:rsidRPr="00454255" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
             <w:r>
               <w:t>DUONA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
             <w:r>
               <w:t>DUONA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
             <w:r>
               <w:t>DUONA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2957" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRPr="00AE450E" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
             <w:r w:rsidRPr="00AE450E">
               <w:t>DUONA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A26AF" w:rsidTr="002E42B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007A26AF" w:rsidRPr="003C6E00" w:rsidRDefault="001E1FA4" w:rsidP="002E42B3">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="007A26AF" w:rsidRPr="003C6E00" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007A26AF" w:rsidRPr="002B29FA" w:rsidRDefault="002B29FA" w:rsidP="002E42B3">
-[...2 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="007A26AF" w:rsidRPr="002B29FA" w:rsidRDefault="005343EA" w:rsidP="002E42B3">
+            <w:r>
+              <w:t>PLOVAS SU K</w:t>
+            </w:r>
+            <w:r w:rsidR="002E7398">
+              <w:t>ALAKUTIENA</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRPr="003C6E00" w:rsidRDefault="002B29FA" w:rsidP="002E42B3">
             <w:r w:rsidRPr="003C6E00">
               <w:t>JAUTIENOS TROŠKINYS SU PUPELĖMIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="00787DC3" w:rsidP="002E42B3">
             <w:r>
               <w:t>GARINTAS  ŽUVIES APKEPAS SU AVIŽŲ SĖLENOMIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2957" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="009D0124" w:rsidP="002E42B3">
             <w:r>
               <w:t>ORKAITĖJE KEPTOS VIŠTIENOS ŠLAUNELĖS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A26AF" w:rsidTr="002E42B3">
         <w:trPr>
           <w:trHeight w:val="429"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007A26AF" w:rsidRPr="003C6E00" w:rsidRDefault="002B29FA" w:rsidP="002E42B3">
-[...12 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="007A26AF" w:rsidRPr="003C6E00" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
             <w:r>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-            <w:r w:rsidR="006059D1">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRPr="003C6E00" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
             <w:r w:rsidRPr="003C6E00">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A81282" w:rsidRPr="003C6E00">
               <w:t>VIRT</w:t>
             </w:r>
             <w:r w:rsidR="007774BE">
               <w:t xml:space="preserve">OS </w:t>
             </w:r>
             <w:r w:rsidR="00BD6BD4">
               <w:t xml:space="preserve">PERLINĖS </w:t>
             </w:r>
             <w:r w:rsidR="007774BE">
               <w:t>KRUOPOS</w:t>
             </w:r>
           </w:p>
@@ -910,87 +855,66 @@
           <w:p w:rsidR="007A26AF" w:rsidRDefault="00847DC4" w:rsidP="002E42B3">
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000048C9">
               <w:t xml:space="preserve">BRINKINTAS </w:t>
             </w:r>
             <w:r w:rsidR="008F0800">
               <w:t>KUSKUSAS</w:t>
             </w:r>
             <w:r w:rsidR="009C3870">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A26AF" w:rsidTr="002E42B3">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="007A26AF" w:rsidRPr="003C6E00" w:rsidRDefault="005D2555" w:rsidP="002E42B3">
-[...14 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00E15C84" w:rsidRDefault="002B29FA" w:rsidP="002E42B3">
-[...3 lines deleted...]
-            <w:r w:rsidR="00AF0A63">
+          <w:p w:rsidR="00AF0A63" w:rsidRDefault="004C655C" w:rsidP="002E42B3">
+            <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B76969">
-[...6 lines deleted...]
-          <w:p w:rsidR="00AF0A63" w:rsidRDefault="00B76969" w:rsidP="002E42B3">
+            <w:r w:rsidR="005D506C">
+              <w:t>MARINUOTŲ DARŽOVIŲ RINKINUKAS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005D506C" w:rsidRDefault="005D506C" w:rsidP="002E42B3">
             <w:r>
               <w:t>RAUGINTI AGURKAI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="004C655C" w:rsidRDefault="00B76969" w:rsidP="002E42B3">
             <w:r>
               <w:t>RAUGINTŲ KOPŪSTŲ –BUROKĖLIŲ SALOTOS</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B76969" w:rsidRPr="003C6E00" w:rsidRDefault="00A624A9" w:rsidP="002E42B3">
             <w:r>
               <w:t>ŠVIEŽI AGURKAI</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002B29FA" w:rsidRPr="00A81282" w:rsidRDefault="002B29FA" w:rsidP="002E42B3"/>
           <w:p w:rsidR="002B29FA" w:rsidRPr="00A81282" w:rsidRDefault="002B29FA" w:rsidP="002E42B3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1055,55 +979,51 @@
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007708F0" w:rsidP="002E42B3">
             <w:r>
               <w:t>POMIDORŲ SALOTOS SU NESALDINTU JOGURTU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2957" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A26AF" w:rsidTr="002E42B3">
         <w:trPr>
           <w:trHeight w:val="308"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
-[...3 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
             <w:r>
               <w:t>VANDUO SU CITRINA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
             <w:r>
               <w:t>VANDUO SU CITRINA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
           </w:tcPr>
@@ -1192,173 +1112,163 @@
               <w:t>VAKARIENĖ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2957" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
             <w:r w:rsidRPr="000201AC">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>VAKARIENĖ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00375921" w:rsidTr="002E42B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00375921" w:rsidRDefault="00375921" w:rsidP="00375921">
-[...6 lines deleted...]
-              <w:t>TRINTI PERSIKAI</w:t>
+          <w:p w:rsidR="00375921" w:rsidRDefault="001B22B0" w:rsidP="00375921">
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00375921" w:rsidRPr="003C6E00" w:rsidRDefault="00375921" w:rsidP="00375921">
-[...1 lines deleted...]
-              <w:t>OMLETAS SU FERMENTINIU SŪRIU,DUONA</w:t>
+          <w:p w:rsidR="00375921" w:rsidRPr="003C6E00" w:rsidRDefault="005343EA" w:rsidP="00375921">
+            <w:r>
+              <w:t>SKLINDŽIAI SU VARŠKE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00375921" w:rsidRDefault="00375921" w:rsidP="00375921">
             <w:r>
               <w:t>PIENIŠKA MAKARONŲ SRIUBA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00375921" w:rsidRDefault="00375921" w:rsidP="00375921">
             <w:r>
               <w:t>KVIETINIŲ IR SPELTA MILTŲ BLYNAI SU BANANAIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2957" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00375921" w:rsidRPr="003C6E00" w:rsidRDefault="00375921" w:rsidP="00375921">
             <w:r>
               <w:t>DARŽOVIŲ TROŠKINYS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00375921" w:rsidTr="002E42B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00375921" w:rsidRDefault="00375921" w:rsidP="00375921">
+          <w:p w:rsidR="00375921" w:rsidRDefault="00375921" w:rsidP="00375921"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3050" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00375921" w:rsidRDefault="005343EA" w:rsidP="00375921">
             <w:r>
               <w:t>NATŪRALUS JOGURTAS</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...9 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+          <w:p w:rsidR="005343EA" w:rsidRPr="004A4BA5" w:rsidRDefault="005343EA" w:rsidP="00375921">
+            <w:r>
+              <w:t>VYŠNIŲ UOGIENĖ</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00375921" w:rsidRDefault="00375921" w:rsidP="00375921">
             <w:r>
               <w:t xml:space="preserve"> DUONOS SUMUŠTINIS SU KIAUŠINIAIS IR POMIDORAIS</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00375921" w:rsidRPr="004A4BA5" w:rsidRDefault="00375921" w:rsidP="00375921"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00375921" w:rsidRDefault="00375921" w:rsidP="00375921">
             <w:r>
               <w:t xml:space="preserve">TRINTOS UOGOS </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00375921" w:rsidRDefault="00375921" w:rsidP="00375921">
             <w:r>
               <w:t>NATŪRALUS JOGURTAS</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00375921" w:rsidRPr="004A4BA5" w:rsidRDefault="00375921" w:rsidP="00375921"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2957" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00375921" w:rsidRDefault="00375921" w:rsidP="00375921">
             <w:r>
               <w:t>BANANAI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00375921" w:rsidTr="002E42B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00375921" w:rsidRDefault="00375921" w:rsidP="00375921">
-[...3 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="00375921" w:rsidRDefault="00375921" w:rsidP="00375921"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00375921" w:rsidRDefault="00375921" w:rsidP="00375921">
             <w:r>
               <w:t>ARBATA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00375921" w:rsidRDefault="00375921" w:rsidP="00375921">
             <w:r>
               <w:t>ARBATA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
           </w:tcPr>
@@ -1465,118 +1375,122 @@
     <w:rsid w:val="000048C9"/>
     <w:rsid w:val="000201AC"/>
     <w:rsid w:val="000261B7"/>
     <w:rsid w:val="000308C9"/>
     <w:rsid w:val="00046144"/>
     <w:rsid w:val="0004627F"/>
     <w:rsid w:val="00054B40"/>
     <w:rsid w:val="0006063B"/>
     <w:rsid w:val="000611C4"/>
     <w:rsid w:val="0008149F"/>
     <w:rsid w:val="000A075B"/>
     <w:rsid w:val="000D021D"/>
     <w:rsid w:val="00130B0B"/>
     <w:rsid w:val="001324F1"/>
     <w:rsid w:val="00135757"/>
     <w:rsid w:val="00163B4B"/>
     <w:rsid w:val="00163EF5"/>
     <w:rsid w:val="0016576E"/>
     <w:rsid w:val="00172558"/>
     <w:rsid w:val="0018267F"/>
     <w:rsid w:val="00184E19"/>
     <w:rsid w:val="001852DD"/>
     <w:rsid w:val="00185654"/>
     <w:rsid w:val="001879AC"/>
     <w:rsid w:val="00195A54"/>
+    <w:rsid w:val="001B22B0"/>
     <w:rsid w:val="001D34FF"/>
     <w:rsid w:val="001E1FA4"/>
     <w:rsid w:val="001E6F31"/>
     <w:rsid w:val="001E70F3"/>
     <w:rsid w:val="001F3142"/>
     <w:rsid w:val="001F6058"/>
     <w:rsid w:val="00201C74"/>
     <w:rsid w:val="00207BAC"/>
     <w:rsid w:val="00225540"/>
     <w:rsid w:val="00233110"/>
     <w:rsid w:val="00245B68"/>
     <w:rsid w:val="0024662B"/>
     <w:rsid w:val="00267E9E"/>
     <w:rsid w:val="00270152"/>
     <w:rsid w:val="002703E3"/>
     <w:rsid w:val="0027316D"/>
     <w:rsid w:val="00274F36"/>
     <w:rsid w:val="00277BC4"/>
     <w:rsid w:val="00296000"/>
     <w:rsid w:val="002B29FA"/>
     <w:rsid w:val="002E42B3"/>
     <w:rsid w:val="002E45B1"/>
+    <w:rsid w:val="002E7398"/>
     <w:rsid w:val="002E7BB1"/>
     <w:rsid w:val="0030410B"/>
     <w:rsid w:val="00310B20"/>
     <w:rsid w:val="0031462C"/>
     <w:rsid w:val="00323C5F"/>
     <w:rsid w:val="00326335"/>
     <w:rsid w:val="00341374"/>
     <w:rsid w:val="0034249D"/>
     <w:rsid w:val="00347A46"/>
     <w:rsid w:val="00355593"/>
     <w:rsid w:val="00363DD6"/>
     <w:rsid w:val="00367B80"/>
     <w:rsid w:val="00375921"/>
     <w:rsid w:val="003A5128"/>
     <w:rsid w:val="003B49B5"/>
     <w:rsid w:val="003C20DB"/>
     <w:rsid w:val="003C6E00"/>
     <w:rsid w:val="003D1389"/>
     <w:rsid w:val="003E6927"/>
     <w:rsid w:val="003F02D8"/>
     <w:rsid w:val="00410525"/>
     <w:rsid w:val="00417EB2"/>
     <w:rsid w:val="00421AEB"/>
     <w:rsid w:val="00441087"/>
     <w:rsid w:val="00454255"/>
     <w:rsid w:val="004579CC"/>
     <w:rsid w:val="004752A3"/>
     <w:rsid w:val="004758AE"/>
     <w:rsid w:val="004A14A3"/>
     <w:rsid w:val="004A1E44"/>
     <w:rsid w:val="004A4BA5"/>
     <w:rsid w:val="004C655C"/>
     <w:rsid w:val="004D1B7A"/>
     <w:rsid w:val="004D37A1"/>
     <w:rsid w:val="004F4BAA"/>
     <w:rsid w:val="005112AA"/>
     <w:rsid w:val="005247D2"/>
     <w:rsid w:val="00525F5F"/>
     <w:rsid w:val="00532B45"/>
+    <w:rsid w:val="005343EA"/>
     <w:rsid w:val="0057020B"/>
     <w:rsid w:val="0057197E"/>
     <w:rsid w:val="005B4657"/>
     <w:rsid w:val="005C694B"/>
     <w:rsid w:val="005C758E"/>
     <w:rsid w:val="005D225D"/>
     <w:rsid w:val="005D2555"/>
+    <w:rsid w:val="005D506C"/>
     <w:rsid w:val="005E6F8D"/>
     <w:rsid w:val="005F470C"/>
     <w:rsid w:val="005F484A"/>
     <w:rsid w:val="00603547"/>
     <w:rsid w:val="006059D1"/>
     <w:rsid w:val="00617402"/>
     <w:rsid w:val="006260CD"/>
     <w:rsid w:val="00626FF1"/>
     <w:rsid w:val="006360DE"/>
     <w:rsid w:val="006378F1"/>
     <w:rsid w:val="00644CCB"/>
     <w:rsid w:val="00652995"/>
     <w:rsid w:val="00653FF0"/>
     <w:rsid w:val="0065708F"/>
     <w:rsid w:val="0067558D"/>
     <w:rsid w:val="00675BB5"/>
     <w:rsid w:val="006D31DC"/>
     <w:rsid w:val="00735FA6"/>
     <w:rsid w:val="007708F0"/>
     <w:rsid w:val="007774BE"/>
     <w:rsid w:val="00787DC3"/>
     <w:rsid w:val="007A26AF"/>
     <w:rsid w:val="007A65D4"/>
     <w:rsid w:val="007E4E1C"/>
     <w:rsid w:val="007F3868"/>
@@ -1701,51 +1615,51 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="48DB6414"/>
+  <w14:docId w14:val="5E9708B0"/>
   <w15:docId w15:val="{B92A6A0B-2312-44C2-8FB7-9E6290326F34}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2452,77 +2366,77 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1184</Words>
-  <Characters>675</Characters>
+  <Words>973</Words>
+  <Characters>556</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
+  <Lines>4</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>SAVAITĖS MENIU</vt:lpstr>
       <vt:lpstr>SAVAITĖS MENIU</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Varpelis</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1856</CharactersWithSpaces>
+  <CharactersWithSpaces>1526</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>SAVAITĖS MENIU</dc:title>
   <dc:subject/>
   <dc:creator>Babulia&amp;company</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>