--- v5 (2026-03-01)
+++ v6 (2026-03-22)
@@ -52,57 +52,57 @@
       </w:r>
       <w:r w:rsidR="00AA1EBC">
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00653FF0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0067558D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="005343EA">
+      <w:r w:rsidR="00C05040">
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
-        <w:t>2.17-02.20</w:t>
+        <w:t>3.09-03.13</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007A26AF" w:rsidRPr="006378F1" w:rsidRDefault="007A26AF" w:rsidP="007A26AF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5010"/>
           <w:tab w:val="center" w:pos="7582"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006378F1">
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>Savaitės meniu</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -305,268 +305,276 @@
               <w:t>PUSRYČIAI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2957" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
             <w:r w:rsidRPr="000201AC">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>PUSRYČIAI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A26AF" w:rsidTr="002E42B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="007A26AF" w:rsidRDefault="00225540" w:rsidP="002E42B3">
+            <w:r>
+              <w:t xml:space="preserve">PIENIŠKA </w:t>
+            </w:r>
+            <w:r w:rsidR="005C758E">
+              <w:t xml:space="preserve">KUKURŪZŲ </w:t>
+            </w:r>
+            <w:r w:rsidR="00E47278">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004C655C">
+              <w:t>KR.</w:t>
+            </w:r>
+            <w:r w:rsidR="003C6E00">
+              <w:t xml:space="preserve"> KOŠĖ</w:t>
+            </w:r>
+            <w:r w:rsidR="00B76969">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3050" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007A26AF" w:rsidRPr="00277BC4" w:rsidRDefault="00277BC4" w:rsidP="002E42B3">
+            <w:r>
+              <w:t>AVIŽINIŲ DRIBSNIŲ KOŠĖ SU SVIESTU</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3015" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
-        </w:tc>
-[...27 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007708F0" w:rsidP="002E42B3">
             <w:r>
               <w:t xml:space="preserve">GRIKIŲ </w:t>
             </w:r>
             <w:r w:rsidR="00675BB5">
               <w:t>KR.KOŠĖ</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00310B20">
               <w:t xml:space="preserve"> SU ALYVUOGIŲ ALIEJUMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2957" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="004C655C" w:rsidP="002E42B3">
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007708F0">
               <w:t xml:space="preserve">PIENIŠKA MIEŽINIŲ </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">KR. KOŠĖ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A26AF" w:rsidTr="002E42B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
+          <w:p w:rsidR="007A26AF" w:rsidRDefault="00C2694F" w:rsidP="002E42B3">
+            <w:r>
+              <w:t>TRINTOS UOGOS</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="00277BC4" w:rsidP="002E42B3">
             <w:r>
               <w:t>TRINTOS UOGOS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2957" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="0006063B" w:rsidP="002E42B3">
             <w:r>
               <w:t>BATONAS SU SVIESTU</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A26AF" w:rsidTr="002E42B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0006063B" w:rsidRDefault="0006063B" w:rsidP="002E42B3"/>
+          <w:p w:rsidR="001E1FA4" w:rsidRDefault="001E1FA4" w:rsidP="002E42B3"/>
+          <w:p w:rsidR="0006063B" w:rsidRDefault="0006063B" w:rsidP="002E42B3">
+            <w:r>
+              <w:t>TRAPUTIS</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00277BC4" w:rsidRDefault="00277BC4" w:rsidP="002E42B3"/>
-          <w:p w:rsidR="00163EF5" w:rsidRDefault="005D506C" w:rsidP="002E42B3">
-[...1 lines deleted...]
-              <w:t>TRAPUTIS</w:t>
+          <w:p w:rsidR="00163EF5" w:rsidRDefault="00163EF5" w:rsidP="002E42B3">
+            <w:r>
+              <w:t>RIESTAINIAI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007A26AF" w:rsidRDefault="00A81282" w:rsidP="002E42B3">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="00367B80" w:rsidP="002E42B3">
             <w:r>
               <w:t>VARŠKĖS SŪRIS</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="007A65D4" w:rsidRDefault="007A65D4" w:rsidP="002E42B3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2957" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A26AF" w:rsidTr="002E42B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
+          <w:p w:rsidR="007A26AF" w:rsidRDefault="001E1FA4" w:rsidP="002E42B3">
+            <w:r>
+              <w:t>ARBATA</w:t>
+            </w:r>
+            <w:r w:rsidR="007708F0">
+              <w:t>,VAISIAI</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
             <w:r>
               <w:t>ARBATA</w:t>
             </w:r>
             <w:r w:rsidR="002B29FA">
               <w:t>, VAISIAI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007A26AF" w:rsidRDefault="0027316D" w:rsidP="002E42B3">
+          <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3377" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007A26AF" w:rsidRDefault="00DB4EB0" w:rsidP="002E42B3">
             <w:r>
               <w:t>ARBATA</w:t>
             </w:r>
             <w:r w:rsidR="00675BB5">
               <w:t>,VAISIAI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3377" w:type="dxa"/>
-[...2 lines deleted...]
-            <w:r>
+            <w:tcW w:w="2957" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007A26AF" w:rsidRDefault="004C655C" w:rsidP="002E42B3">
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001879AC">
               <w:t>ARBATA</w:t>
             </w:r>
             <w:r w:rsidR="00675BB5">
               <w:t>,VAISIAI</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...14 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A26AF" w:rsidTr="002E42B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRPr="00D13D66" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
             <w:r w:rsidRPr="000201AC">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>PIETŪS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
             <w:r w:rsidRPr="000201AC">
               <w:rPr>
                 <w:b/>
@@ -612,339 +620,349 @@
             <w:tcW w:w="2957" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRPr="00D13D66" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
             <w:r w:rsidRPr="000201AC">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>PIETŪS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A26AF" w:rsidTr="002E42B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRPr="000201AC" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:t>AGURKINĖ SRIUBA SU KRUOPOMIS</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00735FA6" w:rsidRDefault="005D506C" w:rsidP="002E42B3">
-[...1 lines deleted...]
-              <w:t>DARŽOVIŲ SRIUBA</w:t>
+          <w:p w:rsidR="00735FA6" w:rsidRDefault="002B29FA" w:rsidP="002E42B3">
+            <w:r>
+              <w:t>TRINTA MORKŲ SRIUBA</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002B29FA" w:rsidRPr="003C6E00" w:rsidRDefault="002B29FA" w:rsidP="002E42B3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007A26AF" w:rsidRDefault="00DD029F" w:rsidP="002E42B3">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007A26AF" w:rsidRDefault="007708F0" w:rsidP="002E42B3">
-[...1 lines deleted...]
-              <w:t>ŽIRNIŲ</w:t>
+          <w:p w:rsidR="007A26AF" w:rsidRDefault="00C05040" w:rsidP="002E42B3">
+            <w:r>
+              <w:t>DARŽOVIŲ</w:t>
             </w:r>
             <w:r w:rsidR="007A26AF">
               <w:t xml:space="preserve"> SRIUBA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2957" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRPr="000201AC" w:rsidRDefault="001F6058" w:rsidP="002E42B3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">BUROKĖLIŲ </w:t>
             </w:r>
             <w:r w:rsidR="007A26AF">
               <w:t xml:space="preserve">  SRIUBA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A26AF" w:rsidTr="003C6E00">
         <w:trPr>
           <w:trHeight w:val="376"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007A26AF" w:rsidRPr="00454255" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
+          <w:p w:rsidR="007A26AF" w:rsidRPr="00454255" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
+            <w:r w:rsidRPr="00454255">
+              <w:t>DUONA</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
             <w:r>
               <w:t>DUONA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
-[...3 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
             <w:r>
               <w:t>DUONA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2957" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRPr="00AE450E" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
             <w:r w:rsidRPr="00AE450E">
               <w:t>DUONA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A26AF" w:rsidTr="002E42B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="007A26AF" w:rsidRPr="003C6E00" w:rsidRDefault="001E1FA4" w:rsidP="002E42B3">
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C33EDC">
+              <w:t>ORKAITĖJE KEPTAS VIŠTIENOS MALTINUKAS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3050" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007A26AF" w:rsidRPr="002B29FA" w:rsidRDefault="002B29FA" w:rsidP="002E42B3">
+            <w:r>
+              <w:t>BALANDĖLIAI SU KIAULIENA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3015" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRPr="003C6E00" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3050" w:type="dxa"/>
-[...17 lines deleted...]
-            <w:r w:rsidRPr="003C6E00">
+            <w:tcW w:w="3377" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007A26AF" w:rsidRDefault="00C05040" w:rsidP="002E42B3">
+            <w:r>
               <w:t>JAUTIENOS TROŠKINYS SU PUPELĖMIS</w:t>
-            </w:r>
-[...8 lines deleted...]
-              <w:t>GARINTAS  ŽUVIES APKEPAS SU AVIŽŲ SĖLENOMIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2957" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="009D0124" w:rsidP="002E42B3">
             <w:r>
               <w:t>ORKAITĖJE KEPTOS VIŠTIENOS ŠLAUNELĖS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A26AF" w:rsidTr="002E42B3">
         <w:trPr>
           <w:trHeight w:val="429"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="007A26AF" w:rsidRPr="003C6E00" w:rsidRDefault="002B29FA" w:rsidP="002E42B3">
+            <w:r w:rsidRPr="003C6E00">
+              <w:t>VIR</w:t>
+            </w:r>
+            <w:r w:rsidR="007774BE">
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidR="00D2579F">
+              <w:t xml:space="preserve">I </w:t>
+            </w:r>
+            <w:r w:rsidR="0034249D">
+              <w:t>GRIKIAI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3050" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002B29FA">
+              <w:t>BULVIŲ KOŠĖ</w:t>
+            </w:r>
+            <w:r w:rsidR="006059D1">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3015" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRPr="003C6E00" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3050" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidR="00A81282" w:rsidRPr="003C6E00">
+            <w:tcW w:w="3377" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007A26AF" w:rsidRDefault="007708F0" w:rsidP="002E42B3">
+            <w:r>
               <w:t>VIRT</w:t>
             </w:r>
-            <w:r w:rsidR="007774BE">
-[...16 lines deleted...]
-              <w:t>VIRTI RYŽIAI</w:t>
+            <w:r w:rsidR="00C05040">
+              <w:t>OS PERLINĖS KRUOPOS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2957" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="00847DC4" w:rsidP="002E42B3">
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000048C9">
               <w:t xml:space="preserve">BRINKINTAS </w:t>
             </w:r>
             <w:r w:rsidR="008F0800">
               <w:t>KUSKUSAS</w:t>
             </w:r>
             <w:r w:rsidR="009C3870">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A26AF" w:rsidTr="002E42B3">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
+          <w:p w:rsidR="007A26AF" w:rsidRPr="003C6E00" w:rsidRDefault="005D2555" w:rsidP="002E42B3">
+            <w:r>
+              <w:t xml:space="preserve"> KOPŪSTŲ SALOTOS</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA116E">
+              <w:t xml:space="preserve"> SU MORKOMIS,OBUOLIAIS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
+            <w:r>
+              <w:t>ŠVIEŽIŲ DARŽOVIŲ RINKINUKAS</w:t>
+            </w:r>
+            <w:r w:rsidR="003C6E00">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF0A63" w:rsidRDefault="004C655C" w:rsidP="002E42B3">
-            <w:r>
+          <w:p w:rsidR="00E15C84" w:rsidRDefault="002B29FA" w:rsidP="002E42B3">
+            <w:r>
+              <w:t>ŠVIEŽIŲ DARŽOVIŲ RINKINUKAS</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF0A63">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="005D506C">
-[...3 lines deleted...]
-          <w:p w:rsidR="005D506C" w:rsidRDefault="005D506C" w:rsidP="002E42B3">
+            <w:r w:rsidR="00B76969">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="004C655C">
+              <w:t xml:space="preserve">-JŲ RŪŠIŲ </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AF0A63" w:rsidRDefault="00B76969" w:rsidP="002E42B3">
             <w:r>
               <w:t>RAUGINTI AGURKAI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="004C655C" w:rsidRDefault="00B76969" w:rsidP="002E42B3">
-[...8 lines deleted...]
-          </w:p>
           <w:p w:rsidR="002B29FA" w:rsidRPr="00A81282" w:rsidRDefault="002B29FA" w:rsidP="002E42B3"/>
-          <w:p w:rsidR="002B29FA" w:rsidRPr="00A81282" w:rsidRDefault="002B29FA" w:rsidP="002E42B3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007A26AF" w:rsidRDefault="007708F0" w:rsidP="002E42B3">
-[...1 lines deleted...]
-              <w:t>PLĖŠYTI SALOTŲ LAPAI</w:t>
+          <w:p w:rsidR="007A26AF" w:rsidRDefault="00C05040" w:rsidP="002E42B3">
+            <w:r>
+              <w:t>RAUGINTŲ KOPŪSTŲ SALOTOS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2957" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00675BB5" w:rsidRDefault="001F6058" w:rsidP="002E42B3">
             <w:r>
               <w:t>ŠVIEŽIŲ DARŽOVIŲ RINKINUKAS</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="001F6058" w:rsidRDefault="005247D2" w:rsidP="002E42B3">
             <w:r>
               <w:t>MARINUOTI</w:t>
             </w:r>
             <w:r w:rsidR="00363DD6">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001F6058">
               <w:t>AGURKAI</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
@@ -979,70 +997,76 @@
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007708F0" w:rsidP="002E42B3">
             <w:r>
               <w:t>POMIDORŲ SALOTOS SU NESALDINTU JOGURTU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2957" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A26AF" w:rsidTr="002E42B3">
         <w:trPr>
           <w:trHeight w:val="308"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3"/>
+          <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
+            <w:r>
+              <w:t>VANDUO SU CITRINA</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
             <w:r>
               <w:t>VANDUO SU CITRINA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
-[...2 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="007A26AF" w:rsidRDefault="00F702A7" w:rsidP="002E42B3">
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
             <w:r>
               <w:t>VANDUO SU CITRINA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2957" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
             <w:r>
               <w:t>VANDUO SU CITRINA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A26AF" w:rsidTr="002E42B3">
         <w:tc>
@@ -1112,191 +1136,181 @@
               <w:t>VAKARIENĖ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2957" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007A26AF" w:rsidRDefault="007A26AF" w:rsidP="002E42B3">
             <w:r w:rsidRPr="000201AC">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>VAKARIENĖ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00375921" w:rsidTr="002E42B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00375921" w:rsidRDefault="001B22B0" w:rsidP="00375921">
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00375921" w:rsidRDefault="00375921" w:rsidP="00375921">
+            <w:r>
+              <w:t>VARŠKĖS APKEPAS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00375921" w:rsidRDefault="00375921" w:rsidP="00375921">
+            <w:r>
+              <w:t>TRINTI PERSIKAI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00375921" w:rsidRPr="003C6E00" w:rsidRDefault="005343EA" w:rsidP="00375921">
-[...1 lines deleted...]
-              <w:t>SKLINDŽIAI SU VARŠKE</w:t>
+          <w:p w:rsidR="00375921" w:rsidRPr="003C6E00" w:rsidRDefault="003B763C" w:rsidP="00375921">
+            <w:r>
+              <w:t>VIRTI KIAUŠINIAI, DUONA SU SVIESTU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00375921" w:rsidRDefault="00375921" w:rsidP="00375921">
+          <w:p w:rsidR="00375921" w:rsidRDefault="00375921" w:rsidP="00375921"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3377" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00375921" w:rsidRDefault="00C05040" w:rsidP="00375921">
             <w:r>
               <w:t>PIENIŠKA MAKARONŲ SRIUBA</w:t>
-            </w:r>
-[...8 lines deleted...]
-              <w:t>KVIETINIŲ IR SPELTA MILTŲ BLYNAI SU BANANAIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2957" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00375921" w:rsidRPr="003C6E00" w:rsidRDefault="00375921" w:rsidP="00375921">
             <w:r>
               <w:t>DARŽOVIŲ TROŠKINYS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00375921" w:rsidTr="002E42B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00375921" w:rsidRDefault="00375921" w:rsidP="00375921"/>
+          <w:p w:rsidR="00375921" w:rsidRDefault="00375921" w:rsidP="00375921">
+            <w:r>
+              <w:t>NATŪRALUS JOGURTAS</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00375921" w:rsidRDefault="005343EA" w:rsidP="00375921">
-[...6 lines deleted...]
-              <w:t>VYŠNIŲ UOGIENĖ</w:t>
+          <w:p w:rsidR="00375921" w:rsidRPr="004A4BA5" w:rsidRDefault="00375921" w:rsidP="00375921">
+            <w:r>
+              <w:t>POMIDORAI, KONSERVUOTI ŽIRNELIAI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00375921" w:rsidRDefault="00375921" w:rsidP="00375921">
-[...3 lines deleted...]
-          </w:p>
           <w:p w:rsidR="00375921" w:rsidRPr="004A4BA5" w:rsidRDefault="00375921" w:rsidP="00375921"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3377" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00375921" w:rsidRDefault="00375921" w:rsidP="00375921">
-[...6 lines deleted...]
-              <w:t>NATŪRALUS JOGURTAS</w:t>
+          <w:p w:rsidR="00375921" w:rsidRDefault="00C05040" w:rsidP="00375921">
+            <w:r>
+              <w:t>DUONOS SUMUŠTINIS SU FERMENTINIU SŪRIU IR POMIDORAIS</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00375921" w:rsidRPr="004A4BA5" w:rsidRDefault="00375921" w:rsidP="00375921"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2957" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00375921" w:rsidRDefault="00375921" w:rsidP="00375921">
             <w:r>
               <w:t>BANANAI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00375921" w:rsidTr="002E42B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="00375921" w:rsidRDefault="00375921" w:rsidP="00375921">
+            <w:r>
+              <w:t>ARBATA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3050" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00375921" w:rsidRDefault="00375921" w:rsidP="00375921">
+            <w:r>
+              <w:t>ARBATA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3015" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="00375921" w:rsidRDefault="00375921" w:rsidP="00375921"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3050" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00375921" w:rsidRDefault="00375921" w:rsidP="00375921">
+            <w:tcW w:w="3377" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00375921" w:rsidRDefault="00C05040" w:rsidP="00375921">
             <w:r>
               <w:t>ARBATA</w:t>
-            </w:r>
-[...18 lines deleted...]
-              <w:t>PIENAS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2957" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00375921" w:rsidRDefault="00375921" w:rsidP="00375921">
             <w:r>
               <w:t>KEFYRAS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00F374BB" w:rsidRDefault="006D31DC">
       <w:r>
         <w:t>PASTABA: ESANT GAMYBINIAM BŪTINUMUI GALIMI PAKEITIMAI.</w:t>
       </w:r>
       <w:r w:rsidR="00AF0A63">
         <w:t>VAISIAI IR DARŽOVĖS GALI BŪTI PATEIKIAMI VISOS DIENOS METU</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006D31DC" w:rsidRDefault="006D31DC"/>
     <w:sectPr w:rsidR="006D31DC" w:rsidSect="00ED513A">
@@ -1375,122 +1389,119 @@
     <w:rsid w:val="000048C9"/>
     <w:rsid w:val="000201AC"/>
     <w:rsid w:val="000261B7"/>
     <w:rsid w:val="000308C9"/>
     <w:rsid w:val="00046144"/>
     <w:rsid w:val="0004627F"/>
     <w:rsid w:val="00054B40"/>
     <w:rsid w:val="0006063B"/>
     <w:rsid w:val="000611C4"/>
     <w:rsid w:val="0008149F"/>
     <w:rsid w:val="000A075B"/>
     <w:rsid w:val="000D021D"/>
     <w:rsid w:val="00130B0B"/>
     <w:rsid w:val="001324F1"/>
     <w:rsid w:val="00135757"/>
     <w:rsid w:val="00163B4B"/>
     <w:rsid w:val="00163EF5"/>
     <w:rsid w:val="0016576E"/>
     <w:rsid w:val="00172558"/>
     <w:rsid w:val="0018267F"/>
     <w:rsid w:val="00184E19"/>
     <w:rsid w:val="001852DD"/>
     <w:rsid w:val="00185654"/>
     <w:rsid w:val="001879AC"/>
     <w:rsid w:val="00195A54"/>
-    <w:rsid w:val="001B22B0"/>
     <w:rsid w:val="001D34FF"/>
     <w:rsid w:val="001E1FA4"/>
     <w:rsid w:val="001E6F31"/>
     <w:rsid w:val="001E70F3"/>
     <w:rsid w:val="001F3142"/>
     <w:rsid w:val="001F6058"/>
     <w:rsid w:val="00201C74"/>
     <w:rsid w:val="00207BAC"/>
     <w:rsid w:val="00225540"/>
     <w:rsid w:val="00233110"/>
     <w:rsid w:val="00245B68"/>
     <w:rsid w:val="0024662B"/>
     <w:rsid w:val="00267E9E"/>
     <w:rsid w:val="00270152"/>
     <w:rsid w:val="002703E3"/>
     <w:rsid w:val="0027316D"/>
     <w:rsid w:val="00274F36"/>
     <w:rsid w:val="00277BC4"/>
     <w:rsid w:val="00296000"/>
     <w:rsid w:val="002B29FA"/>
     <w:rsid w:val="002E42B3"/>
     <w:rsid w:val="002E45B1"/>
-    <w:rsid w:val="002E7398"/>
     <w:rsid w:val="002E7BB1"/>
     <w:rsid w:val="0030410B"/>
     <w:rsid w:val="00310B20"/>
     <w:rsid w:val="0031462C"/>
     <w:rsid w:val="00323C5F"/>
     <w:rsid w:val="00326335"/>
     <w:rsid w:val="00341374"/>
     <w:rsid w:val="0034249D"/>
     <w:rsid w:val="00347A46"/>
     <w:rsid w:val="00355593"/>
     <w:rsid w:val="00363DD6"/>
     <w:rsid w:val="00367B80"/>
     <w:rsid w:val="00375921"/>
     <w:rsid w:val="003A5128"/>
     <w:rsid w:val="003B49B5"/>
+    <w:rsid w:val="003B763C"/>
     <w:rsid w:val="003C20DB"/>
     <w:rsid w:val="003C6E00"/>
     <w:rsid w:val="003D1389"/>
     <w:rsid w:val="003E6927"/>
     <w:rsid w:val="003F02D8"/>
     <w:rsid w:val="00410525"/>
     <w:rsid w:val="00417EB2"/>
     <w:rsid w:val="00421AEB"/>
     <w:rsid w:val="00441087"/>
     <w:rsid w:val="00454255"/>
     <w:rsid w:val="004579CC"/>
     <w:rsid w:val="004752A3"/>
     <w:rsid w:val="004758AE"/>
     <w:rsid w:val="004A14A3"/>
     <w:rsid w:val="004A1E44"/>
     <w:rsid w:val="004A4BA5"/>
     <w:rsid w:val="004C655C"/>
     <w:rsid w:val="004D1B7A"/>
     <w:rsid w:val="004D37A1"/>
     <w:rsid w:val="004F4BAA"/>
     <w:rsid w:val="005112AA"/>
     <w:rsid w:val="005247D2"/>
     <w:rsid w:val="00525F5F"/>
     <w:rsid w:val="00532B45"/>
-    <w:rsid w:val="005343EA"/>
     <w:rsid w:val="0057020B"/>
     <w:rsid w:val="0057197E"/>
     <w:rsid w:val="005B4657"/>
     <w:rsid w:val="005C694B"/>
     <w:rsid w:val="005C758E"/>
     <w:rsid w:val="005D225D"/>
     <w:rsid w:val="005D2555"/>
-    <w:rsid w:val="005D506C"/>
     <w:rsid w:val="005E6F8D"/>
     <w:rsid w:val="005F470C"/>
     <w:rsid w:val="005F484A"/>
     <w:rsid w:val="00603547"/>
     <w:rsid w:val="006059D1"/>
     <w:rsid w:val="00617402"/>
     <w:rsid w:val="006260CD"/>
     <w:rsid w:val="00626FF1"/>
     <w:rsid w:val="006360DE"/>
     <w:rsid w:val="006378F1"/>
     <w:rsid w:val="00644CCB"/>
     <w:rsid w:val="00652995"/>
     <w:rsid w:val="00653FF0"/>
     <w:rsid w:val="0065708F"/>
     <w:rsid w:val="0067558D"/>
     <w:rsid w:val="00675BB5"/>
     <w:rsid w:val="006D31DC"/>
     <w:rsid w:val="00735FA6"/>
     <w:rsid w:val="007708F0"/>
     <w:rsid w:val="007774BE"/>
     <w:rsid w:val="00787DC3"/>
     <w:rsid w:val="007A26AF"/>
     <w:rsid w:val="007A65D4"/>
     <w:rsid w:val="007E4E1C"/>
     <w:rsid w:val="007F3868"/>
@@ -1534,132 +1545,134 @@
     <w:rsid w:val="00A624A9"/>
     <w:rsid w:val="00A672C5"/>
     <w:rsid w:val="00A81282"/>
     <w:rsid w:val="00AA1EBC"/>
     <w:rsid w:val="00AC7CE2"/>
     <w:rsid w:val="00AC7EC2"/>
     <w:rsid w:val="00AE450E"/>
     <w:rsid w:val="00AE4A50"/>
     <w:rsid w:val="00AF0A63"/>
     <w:rsid w:val="00AF1A32"/>
     <w:rsid w:val="00B04DEB"/>
     <w:rsid w:val="00B119FC"/>
     <w:rsid w:val="00B24B11"/>
     <w:rsid w:val="00B422F8"/>
     <w:rsid w:val="00B6319C"/>
     <w:rsid w:val="00B7651E"/>
     <w:rsid w:val="00B76969"/>
     <w:rsid w:val="00B81252"/>
     <w:rsid w:val="00B909F3"/>
     <w:rsid w:val="00BA2BB0"/>
     <w:rsid w:val="00BB47EF"/>
     <w:rsid w:val="00BB5AB0"/>
     <w:rsid w:val="00BC646B"/>
     <w:rsid w:val="00BD161E"/>
     <w:rsid w:val="00BD6BD4"/>
+    <w:rsid w:val="00C05040"/>
     <w:rsid w:val="00C05A45"/>
     <w:rsid w:val="00C12901"/>
     <w:rsid w:val="00C22195"/>
     <w:rsid w:val="00C2694F"/>
     <w:rsid w:val="00C332B2"/>
     <w:rsid w:val="00C33EDC"/>
     <w:rsid w:val="00C42654"/>
     <w:rsid w:val="00C45D06"/>
     <w:rsid w:val="00C51C98"/>
     <w:rsid w:val="00C53294"/>
     <w:rsid w:val="00C90D9C"/>
     <w:rsid w:val="00C977DA"/>
     <w:rsid w:val="00CA5A7D"/>
     <w:rsid w:val="00CB0C89"/>
     <w:rsid w:val="00CF2B86"/>
     <w:rsid w:val="00CF5461"/>
     <w:rsid w:val="00D13D66"/>
     <w:rsid w:val="00D22382"/>
     <w:rsid w:val="00D2579F"/>
     <w:rsid w:val="00D526E7"/>
     <w:rsid w:val="00D67496"/>
     <w:rsid w:val="00D924A0"/>
     <w:rsid w:val="00D97EAB"/>
     <w:rsid w:val="00DA116E"/>
     <w:rsid w:val="00DB4EB0"/>
     <w:rsid w:val="00DC4056"/>
     <w:rsid w:val="00DD029F"/>
     <w:rsid w:val="00DD4ADA"/>
     <w:rsid w:val="00DE03F5"/>
     <w:rsid w:val="00DF51F0"/>
     <w:rsid w:val="00DF75B8"/>
     <w:rsid w:val="00E15C84"/>
     <w:rsid w:val="00E2102F"/>
     <w:rsid w:val="00E26DCA"/>
     <w:rsid w:val="00E3533C"/>
     <w:rsid w:val="00E40757"/>
     <w:rsid w:val="00E47278"/>
     <w:rsid w:val="00E8667F"/>
     <w:rsid w:val="00E9479E"/>
     <w:rsid w:val="00EA27CE"/>
     <w:rsid w:val="00EB333E"/>
     <w:rsid w:val="00EC011E"/>
     <w:rsid w:val="00EC14DA"/>
     <w:rsid w:val="00ED513A"/>
     <w:rsid w:val="00ED5D7F"/>
     <w:rsid w:val="00EF704D"/>
     <w:rsid w:val="00F2735A"/>
     <w:rsid w:val="00F374BB"/>
     <w:rsid w:val="00F43D7A"/>
+    <w:rsid w:val="00F702A7"/>
     <w:rsid w:val="00F724FA"/>
     <w:rsid w:val="00F84B0A"/>
     <w:rsid w:val="00F906A0"/>
     <w:rsid w:val="00FA5B74"/>
     <w:rsid w:val="00FC75F7"/>
     <w:rsid w:val="00FD2A14"/>
     <w:rsid w:val="00FF4FEA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5E9708B0"/>
+  <w14:docId w14:val="7FC6D9E4"/>
   <w15:docId w15:val="{B92A6A0B-2312-44C2-8FB7-9E6290326F34}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2365,78 +2378,78 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>556</Characters>
+  <Pages>1</Pages>
+  <Words>985</Words>
+  <Characters>563</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>SAVAITĖS MENIU</vt:lpstr>
       <vt:lpstr>SAVAITĖS MENIU</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Varpelis</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1526</CharactersWithSpaces>
+  <CharactersWithSpaces>1545</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>SAVAITĖS MENIU</dc:title>
   <dc:subject/>
   <dc:creator>Babulia&amp;company</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>